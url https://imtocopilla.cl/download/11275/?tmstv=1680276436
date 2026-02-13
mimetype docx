--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -1,357 +1,1590 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5FD2984C" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+    <w:p w14:paraId="7ABF3370" w14:textId="48EA4F06" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>ACTA DE ENTREGA</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FORMULARIO DE SUBVENCIONES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771A8820" w14:textId="77777777" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0840003F" w14:textId="77777777" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="756D5913" w14:textId="77777777" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="7586"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001038CC" w14:paraId="25B31CED" w14:textId="77777777" w:rsidTr="001038CC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FB212E" w14:textId="701FBFA9" w:rsidR="001038CC" w:rsidRPr="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Fecha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7586" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E34ABE3" w14:textId="77777777" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001038CC" w14:paraId="47A753B1" w14:textId="77777777" w:rsidTr="001038CC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6369746E" w14:textId="6CDB3E2B" w:rsidR="001038CC" w:rsidRPr="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001038CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nombre de la organización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7586" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA492F9" w14:textId="77777777" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001038CC" w14:paraId="6DD7E60B" w14:textId="77777777" w:rsidTr="001038CC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79428317" w14:textId="1B207C01" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001038CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nombre de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>l proyecto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7586" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07AC08BD" w14:textId="77777777" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001038CC" w14:paraId="341D2421" w14:textId="77777777" w:rsidTr="001038CC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA1145B" w14:textId="1A08D1D5" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tipo de subvención </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7586" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CDBA25" w14:textId="4F795C0A" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F9AB256" wp14:editId="603BAD4A">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>41910</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>19354</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="246491" cy="206734"/>
+                      <wp:effectExtent l="0" t="0" r="20320" b="22225"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="19593547" name="Rectángulo 7"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="246491" cy="206734"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="bg1"/>
+                              </a:solidFill>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="15000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="0E42F21D" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.3pt;margin-top:1.5pt;width:19.4pt;height:16.3pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5Wj1MbwIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nabsGdYqgRYcB&#10;RVu0HXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+6vNq2hm0U+gZsyYuTnDNlJVSNXZX8+8vt&#10;py+c+SBsJQxYVfKd8vxq/vHDZedmagI1mEohIxDrZ50reR2Cm2WZl7VqhT8BpywZNWArAqm4yioU&#10;HaG3Jpvk+VnWAVYOQSrv6e9Nb+TzhK+1kuFBa68CMyWn2kI6MZ3LeGbzSzFboXB1I4cyxD9U0YrG&#10;UtIR6kYEwdbY/AHVNhLBgw4nEtoMtG6kSj1QN0X+ppvnWjiVeqHheDeOyf8/WHm/eXaPSGPonJ95&#10;EmMXW41t/FJ9bJuGtRuHpbaBSfo5mZ5NLwrOJJkm+dn552kcZnYIdujDVwUti0LJke4ijUhs7nzo&#10;XfcuMZcH01S3jTFJifevrg2yjaCbW66KAfzIKztUnKSwMyrGGvukNGuqWGNKmMh0ABNSKhuK3lSL&#10;SvU5itM8T3ygFsaI1FACjMiaqhuxB4DfC91j9+0N/jFUJS6OwfnfCuuDx4iUGWwYg9vGAr4HYKir&#10;IXPvT+UfjSaKS6h2j8gQ+k3wTt42dD13wodHgUR9WhJa5/BAhzbQlRwGibMa8Od7/6M/MZKsnHW0&#10;SiX3P9YCFWfmmyWuXhTTady9pExPzyek4LFleWyx6/Ya6M6JWlRdEqN/MHtRI7SvtPWLmJVMwkrK&#10;XXIZcK9ch37F6d2QarFIbrRvToQ7++xkBI9TjfR72b4KdANHA5H7HvZrJ2ZvqNr7xkgLi3UA3SQe&#10;H+Y6zJt2NRFneFfiY3CsJ6/D6zf/BQAA//8DAFBLAwQUAAYACAAAACEANa7GXdsAAAAFAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgDpBEKcSpUxM8pUkt76M2xlyQiXke224a3&#10;ZznBcTSjmW+q1exGccIQB08KbhcZCCTj7UCdgt3Hy80DiJg0WT16QgXfGGFVX15UurT+TBs8bVMn&#10;uIRiqRX0KU2llNH06HRc+AmJvU8fnE4sQydt0Gcud6O8y7JCOj0QL/R6wnWP5mt7dAo2u8aZQ7tv&#10;Xtdomvn5LfdteFfq+mp+egSRcE5/YfjFZ3Soman1R7JRjAqKgoMK7vkQu/kyB9GyXBYg60r+p69/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPlaPUxvAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADWuxl3bAAAABQEAAA8AAAAAAAAAAAAA&#10;AAAAyQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#091723 [484]" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00BF2CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Especial</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2CB5" w:rsidRPr="00BF2CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>. Indicar fecha de ejecución:</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D38D7BA" w14:textId="77777777" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5496B150" w14:textId="35FBDD1F" w:rsidR="001038CC" w:rsidRDefault="001038CC" w:rsidP="001038CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CD85A21" wp14:editId="185261F3">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>40971</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>10795</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="246380" cy="206375"/>
+                      <wp:effectExtent l="0" t="0" r="20320" b="22225"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1304946777" name="Rectángulo 7"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="246380" cy="206375"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="bg1"/>
+                              </a:solidFill>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="15000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="0395050E" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.25pt;margin-top:.85pt;width:19.4pt;height:16.25pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0wND9cAIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22n6ceCOkXQosOA&#10;oi3WDj0rshQbkEWNUuJkv36U7DhZV+ww7CKTJvlIPpG6ut62hm0U+gZsyYuTnDNlJVSNXZX8+8vd&#10;p0vOfBC2EgasKvlOeX49//jhqnMzNYEaTKWQEYj1s86VvA7BzbLMy1q1wp+AU5aMGrAVgVRcZRWK&#10;jtBbk03y/DzrACuHIJX39Pe2N/J5wtdayfCotVeBmZJTbSGdmM5lPLP5lZitULi6kUMZ4h+qaEVj&#10;KekIdSuCYGts/oBqG4ngQYcTCW0GWjdSpR6omyJ/081zLZxKvRA53o00+f8HKx82z+4JiYbO+Zkn&#10;MXax1djGL9XHtoms3UiW2gYm6edken56SZRKMk3y89OLs0hmdgh26MMXBS2LQsmR7iJRJDb3PvSu&#10;e5eYy4NpqrvGmKTE+1c3BtlG0M0tV8UAfuSVHSpOUtgZFWON/aY0a6pYY0qYhukAJqRUNhS9qRaV&#10;6nMUZ3me5oFaGCNSQwkwImuqbsQeAH4vdI/dtzf4x1CVZnEMzv9WWB88RqTMYMMY3DYW8D0AQ10N&#10;mXt/Kv+Imiguodo9IUPoN8E7edfQ9dwLH54E0ujTjdI6h0c6tIGu5DBInNWAP9/7H/1pIsnKWUer&#10;VHL/Yy1QcWa+WprVz8V0GncvKdOziwkpeGxZHlvsur0BuvOCHg4nkxj9g9mLGqF9pa1fxKxkElZS&#10;7pLLgHvlJvQrTu+GVItFcqN9cyLc22cnI3hkNY7fy/ZVoBtmNNBwP8B+7cTszaj2vjHSwmIdQDdp&#10;jg+8DnzTrqbBGd6V+Bgc68nr8PrNfwEAAP//AwBQSwMEFAAGAAgAAAAhALSX/snbAAAABQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMjstOwzAQRfdI/IM1SOyoQ5sWFOJUqIjHKlJLWbBz7CGJiMeR7bbh&#10;7xlWZXkfuveU68kN4ogh9p4U3M4yEEjG255aBfv355t7EDFpsnrwhAp+MMK6urwodWH9ibZ43KVW&#10;8AjFQivoUhoLKaPp0Ok48yMSZ18+OJ1YhlbaoE887gY5z7KVdLonfuj0iJsOzffu4BRs97Uzn81H&#10;/bJBU09Pr7lvwptS11fT4wOIhFM6l+EPn9GhYqbGH8hGMShYLbnI9h0ITvPlAkSjYJHPQVal/E9f&#10;/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB0wND9cAIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC0l/7J2wAAAAUBAAAPAAAAAAAAAAAA&#10;AAAAAMoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#091723 [484]" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00BF2CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Regular</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1691999D" w14:textId="684736E1" w:rsidR="00BF2CB5" w:rsidRDefault="00BF2CB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ECC8223" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AF02AD1" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="019A29AF" w14:textId="36A960B7" w:rsidR="00FD3713" w:rsidRDefault="00BF2CB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>IMPORTANTE:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DFC9DD" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRPr="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2CB5" w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Estas subvenciones se entregan en dos copias dentro de un sobre blanco y sellado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2CDFF5" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRPr="00FD3713" w:rsidRDefault="00FD3713" w:rsidP="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Este sobre debe ir dirigido </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2CB5" w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a Secretaría Municipal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F114203" w14:textId="215369E3" w:rsidR="00FD3713" w:rsidRPr="00FD3713" w:rsidRDefault="00FD3713" w:rsidP="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2CB5" w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Esta acta se debe entregar en dos copias, quedando una </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adjunta en el sobre y la otra </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2CB5" w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>en poder del solicitante.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036C57A9" w14:textId="7B94D8F5" w:rsidR="00FD3713" w:rsidRPr="00FD3713" w:rsidRDefault="00FD3713" w:rsidP="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. El solicitante declara estar en conocimiento de la ordenanza municipal que regula el proceso de admisión y entrega de la subvención, el que se encuentra disponible en www.imtocopilla.cl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073A374A" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B616837" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23295C7B" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61E1125E" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="693105A5" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10AE48DD" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B9752A" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402750BE" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AAF122B" w14:textId="77777777" w:rsidR="00FD3713" w:rsidRDefault="00FD3713" w:rsidP="00FD3713">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C557C68" w14:textId="5575BFFF" w:rsidR="00FD3713" w:rsidRPr="00FD3713" w:rsidRDefault="00FD3713" w:rsidP="00FD3713">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Firma y timbre del solicitante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3713">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD2984C" w14:textId="5C306E1F" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ILUSTRE MUNICIPALIDAD DE TOCOPILLA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D297945" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="28"/>
-        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblW w:w="10355" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5394"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="560"/>
+        <w:gridCol w:w="10355"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C81902" w14:paraId="3EEBC397" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:gridSpan w:val="5"/>
+      <w:tr w:rsidR="009B7697" w14:paraId="3EEBC397" w14:textId="114D886D" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="337"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2B1E27DB" w14:textId="484B7969" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="2B1E27DB" w14:textId="365DCA1F" w:rsidR="009B7697" w:rsidRDefault="009B7697">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>SOLICITUD DE SUBVENCIÓN MUNICIPAL AÑO 202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D8051C">
+              <w:t>SOLICITUD DE SUBVENCIÓN MUNICIPAL AÑO 2025-2026 - Tocopilla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E9CDB27" w14:textId="18EB3B8A" w:rsidR="00412DF8" w:rsidRDefault="00412DF8" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1357E392" w14:textId="2DC201A0" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="28"/>
+        <w:tblW w:w="10396" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7237"/>
+        <w:gridCol w:w="3159"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B7697" w14:paraId="30E3DA67" w14:textId="77777777" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="632"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="20171741" w14:textId="4E346A37" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="001952AA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A94DC7">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>-202</w:t>
-[...8 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>Marque con una X el tipo de solicitud</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00647560" w14:paraId="056F2AF7" w14:textId="77777777" w:rsidTr="00647560">
-[...2 lines deleted...]
-            <w:tcW w:w="5394" w:type="dxa"/>
+      <w:tr w:rsidR="009B7697" w14:paraId="7D0EB56D" w14:textId="77777777" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1348F107" w14:textId="51C2AF4D" w:rsidR="00647560" w:rsidRDefault="00647560" w:rsidP="00647560">
+          <w:p w14:paraId="303E6754" w14:textId="26C16C47" w:rsidR="009B7697" w:rsidRDefault="00AB787A" w:rsidP="001952AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Marque con una X el tipo de solicitud</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+              <w:t xml:space="preserve">                SUBVENCION REGULAR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="53BC4D23" w14:textId="616F975D" w:rsidR="00647560" w:rsidRDefault="00647560" w:rsidP="00647560">
-            <w:pPr>
+          <w:p w14:paraId="59CBDDF4" w14:textId="36EF6E94" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="001952AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="06C529B3" w14:textId="54DD71F2" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="28"/>
+        <w:tblW w:w="10396" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7237"/>
+        <w:gridCol w:w="3159"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B7697" w14:paraId="6FB3311E" w14:textId="77777777" w:rsidTr="004E2CE6">
+        <w:trPr>
+          <w:trHeight w:val="632"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="78625711" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="004E2CE6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>REGULAR</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Marque con una X el tipo de solicitud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B7697" w14:paraId="176DCC9E" w14:textId="77777777" w:rsidTr="000A5B7E">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2175B698" w14:textId="00839A1F" w:rsidR="00647560" w:rsidRDefault="00647560" w:rsidP="00EE7C0C">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="13B4BAC5" w14:textId="6421F430" w:rsidR="009B7697" w:rsidRDefault="00AB787A" w:rsidP="00AB787A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                SUBVENCION ESPECIAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B7697" w14:paraId="5AAC89AF" w14:textId="77777777" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="847"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0F048F" w14:textId="77777777" w:rsidR="00647560" w:rsidRDefault="00647560" w:rsidP="00EE7C0C">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="2A8DDB42" w14:textId="359ED775" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009B7697">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>ESPECIAL</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="560" w:type="dxa"/>
+              <w:t>Fondos de apoyo de Interés Comunal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="64C21A13" w14:textId="2A9A3C7B" w:rsidR="00647560" w:rsidRDefault="00647560" w:rsidP="00EE7C0C">
+          <w:p w14:paraId="1F2146F9" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="009B7697" w14:paraId="27A89D45" w14:textId="77777777" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="1410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA9783B" w14:textId="346CA97F" w:rsidR="009B7697" w:rsidRPr="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B7697">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Fondos de ayuda a Organizaciones Animalistas locales, para alimento u otras atenciones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2676690B" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B7697" w14:paraId="6E71A451" w14:textId="77777777" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="1072"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="685453B1" w14:textId="6BD5CBAE" w:rsidR="009B7697" w:rsidRPr="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B7697">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Fondos de representación comunal.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="061BAABC" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B7697" w14:paraId="443A51C3" w14:textId="77777777" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="2499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="067E742A" w14:textId="27FB5FC2" w:rsidR="009B7697" w:rsidRPr="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B7697">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Fondo en ayuda a organizaciones y/o voluntariados que trabajen con Personas en Situación de Discapacidad (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009B7697">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>PeSD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009B7697">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>) y su concientización o Enfermedades diagnosticadas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3B2655" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B7697" w14:paraId="1FD73CCD" w14:textId="77777777" w:rsidTr="009B7697">
+        <w:trPr>
+          <w:trHeight w:val="1214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="64772F95" w14:textId="59DD3B3C" w:rsidR="009B7697" w:rsidRPr="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B7697">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Fondo a actividades con trayectoria comunal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B69405E" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75BB592F" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="4E693A6A" w14:textId="35F2C4C2" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D730E8F" w14:textId="020253C1" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E53B163" w14:textId="5BC8E521" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="450AFC61" w14:textId="5180E376" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A317FB" w14:textId="03DBEA87" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26C0F790" w14:textId="53E623D5" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF97806" w14:textId="037E4943" w:rsidR="001952AA" w:rsidRDefault="001952AA" w:rsidP="00412DF8">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="27"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10207"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C81902" w14:paraId="128778DA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="2F595E68" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">A.- PROGRAMA O PROYECTO ESPECÍFICO A DESARROLLAR CON LA SUBVENCIÓN </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7233F818" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -607,818 +1840,729 @@
     </w:tbl>
     <w:p w14:paraId="368C27C0" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="24"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4253"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3828"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C81902" w14:paraId="08FD3F35" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="39DDB1DD" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">B.- </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="064CE76B" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+      <w:tr w:rsidR="009B7697" w14:paraId="064CE76B" w14:textId="77777777" w:rsidTr="001952AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="766E9883" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="766E9883" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Domicilio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDDC5A4" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="0BDDC5A4" w14:textId="7D16E64E" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Comuna</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+              <w:t>Fecha de Constitución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="55F3D55B" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="55F3D55B" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N° de Socios Vigentes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="54A86265" w14:textId="77777777">
-[...29 lines deleted...]
-          <w:p w14:paraId="1C7F2482" w14:textId="5BFB5D7A" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+      <w:tr w:rsidR="009B7697" w14:paraId="54A86265" w14:textId="77777777" w:rsidTr="001952AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A2A267" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52770AD8" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48897C0D" w14:textId="553DF952" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7F2482" w14:textId="5BFB5D7A" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="74CD0CBC" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+      <w:tr w:rsidR="009B7697" w14:paraId="74CD0CBC" w14:textId="77777777" w:rsidTr="001952AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD3AE5B" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="5AD3AE5B" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="05D4C7F5" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="05D4C7F5" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teléfono</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4F07AEE3" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="4F07AEE3" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N° de Personalidad Jurídica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="12964FD3" w14:textId="77777777">
-[...23 lines deleted...]
-          <w:p w14:paraId="165F5DC3" w14:textId="0E3D11BA" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+      <w:tr w:rsidR="009B7697" w14:paraId="12964FD3" w14:textId="77777777" w:rsidTr="001952AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BE2B47" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D3CCC96" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="165F5DC3" w14:textId="0E3D11BA" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:spacing w:before="60" w:after="15"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1418B2F6" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1418B2F6" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="0592D05D" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+      <w:tr w:rsidR="009B7697" w14:paraId="0592D05D" w14:textId="77777777" w:rsidTr="0012790F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2B811DEE" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="4C94DA98" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Quien la otorga</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Tipo de Organización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B7697" w14:paraId="04D7EDCC" w14:textId="77777777" w:rsidTr="000A272A">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D21F5A" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0509A4C7" w14:textId="77777777" w:rsidR="009B7697" w:rsidRPr="00AB787A" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territorial    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">  :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">      ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E031B0A" w14:textId="77777777" w:rsidR="009B7697" w:rsidRPr="00AB787A" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38314A0A" w14:textId="17358BD8" w:rsidR="009B7697" w:rsidRPr="00AB787A" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Funcionales  :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">      ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F241B1" w14:textId="77777777" w:rsidR="009B7697" w:rsidRPr="00AB787A" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49CEF7E5" w14:textId="237FA5E7" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Otras</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB787A">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Fecha de Constitución</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">       ____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB787A">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2408E8CE" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="04D7EDCC" w14:textId="77777777">
-[...197 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+      <w:tr w:rsidR="009B7697" w14:paraId="1AC155E6" w14:textId="77777777" w:rsidTr="001952AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6ACA5F1B" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="6ACA5F1B" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>N° de Cuentas Bancarias</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="70AF9142" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="70AF9142" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>Tipo de Cuentas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1A6473F6" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6473F6" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>Nombre de Institución Bancaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="1A507A20" w14:textId="77777777">
+      <w:tr w:rsidR="009B7697" w14:paraId="1A507A20" w14:textId="77777777" w:rsidTr="001952AA">
         <w:trPr>
           <w:trHeight w:val="1104"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06090E82" w14:textId="775B9C9A" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="06090E82" w14:textId="775B9C9A" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:spacing w:before="60" w:after="15"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="247E3C50" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="247E3C50" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Cuenta Corriente:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19DC8D8D" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="19DC8D8D" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Cuenta Vista:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D2F0E73" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="3D2F0E73" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Cuenta Ahorro:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="514A1C68" w14:textId="50D5034A" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="514A1C68" w14:textId="50D5034A" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Otras  : </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="23309853" w14:textId="16EC03D4" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+              <w:t>Otras  :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23309853" w14:textId="16EC03D4" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="009B7697">
             <w:pPr>
               <w:spacing w:before="60" w:after="15"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C69EC87" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:rPr>
@@ -1463,221 +2607,214 @@
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>Objetivos Generales Según Estatutos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="36A90249" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57234B52" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="000D6422" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+          <w:p w14:paraId="1CC70993" w14:textId="10FFD1BF" w:rsidR="00C81902" w:rsidRDefault="00C81902" w:rsidP="00412DF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="411E44E2" w14:textId="77777777" w:rsidR="00412DF8" w:rsidRDefault="00412DF8" w:rsidP="00412DF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AC7201A" w14:textId="2158617C" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CC70993" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+          <w:p w14:paraId="3C38C1E0" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1AC7201A" w14:textId="2158617C" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+          <w:p w14:paraId="0D19F512" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="762020BA" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="45C8DC9D" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17361A02" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C51F3E1" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="445FD1E1" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="42B3C790" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5">
-            <w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="6427426F" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="512C96FB" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CC981F7" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
-[...12 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="22"/>
         <w:tblW w:w="10047" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6219"/>
         <w:gridCol w:w="3828"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C81902" w14:paraId="03CEAAEA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="298B933C" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>ANTECEDENTES DEL REPRESENTANTE LEGAL DE LA ORGANIZACIÓN / INSTITUCION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -1892,164 +3029,176 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>RUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="7F36ADDA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32F1B78D" w14:textId="19C0E311" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t>Nombre :</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E1B7A7B" w14:textId="09E9F948" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="609B0E5E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6FB8770F" w14:textId="51626849" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
               <w:t>Domicilio :</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="12BC65D3" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="629011A8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37830743" w14:textId="1B0241E5" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teléfono : </w:t>
+              <w:t>Teléfono :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38BA6A62" w14:textId="700CEE35" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="17CEBDA4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
@@ -2809,51 +3958,50 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">E.- DESCRIPCION DEL PROYECTO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(objetivo general o finalidad del proyecto en 300 palabras máximo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="21A2EEC1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DC825AF" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="625A9B44" w14:textId="089E377B" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
@@ -2941,352 +4089,1469 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73F3DFCE" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10788521" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
+          <w:p w14:paraId="5FCBAE20" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="721EC36E" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
+          <w:p w14:paraId="795E3F44" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E62383A" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5">
+          <w:p w14:paraId="3694FC95" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="490360BC" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+          <w:p w14:paraId="0B993D2F" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="10788521" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="721EC36E" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E62383A" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="607390FE" w14:textId="77777777" w:rsidR="00B62085" w:rsidRDefault="00B62085">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="078BF9E2" w14:textId="77777777" w:rsidR="00B62085" w:rsidRDefault="00B62085">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="490360BC" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02AE2F85" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
-[...75 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="19"/>
-        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblW w:w="10050" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10065"/>
+        <w:gridCol w:w="10050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C81902" w14:paraId="1048199C" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="10065" w:type="dxa"/>
+      <w:tr w:rsidR="00C81902" w14:paraId="1048199C" w14:textId="77777777" w:rsidTr="00860F10">
+        <w:trPr>
+          <w:trHeight w:val="378"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10050" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="6F61A6C7" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>F.-OBJETIVO A ALCANZAR CON EL PROYECTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81902" w14:paraId="3A60B7C2" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00C81902" w14:paraId="3A60B7C2" w14:textId="77777777" w:rsidTr="00860F10">
+        <w:trPr>
+          <w:trHeight w:val="11596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10050" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="390B1CB6" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71857CA2" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5" w:rsidP="008D66E5">
+          <w:p w14:paraId="71857CA2" w14:textId="785EF546" w:rsidR="008D66E5" w:rsidRDefault="00860F10" w:rsidP="008D66E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007F0BF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OBJETIVO GENERAL</w:t>
+            </w:r>
+            <w:r w:rsidR="0019345F">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F0BF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(debe responder a las preguntas QUÉ</w:t>
+            </w:r>
+            <w:r w:rsidR="00875B07">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidR="007F0BF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>, CÓMO</w:t>
+            </w:r>
+            <w:r w:rsidR="00875B07">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LO HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidR="007F0BF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y PARA QUÉ</w:t>
+            </w:r>
+            <w:r w:rsidR="00875B07">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LO HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidR="007F0BF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="009079FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="555B11F7" w14:textId="2397BB75" w:rsidR="007F0BF7" w:rsidRPr="009B3C62" w:rsidRDefault="00E87A7E" w:rsidP="009B3C62">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>QUÉ</w:t>
+            </w:r>
+            <w:r w:rsidR="000807CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3563E9E1" w14:textId="77777777" w:rsidR="00E87A7E" w:rsidRDefault="00E87A7E" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50F854EE" w14:textId="77777777" w:rsidR="00063FC1" w:rsidRDefault="00063FC1" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="435FAE61" w14:textId="77777777" w:rsidR="00063FC1" w:rsidRDefault="00063FC1" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44B8DC32" w14:textId="77777777" w:rsidR="00E87A7E" w:rsidRDefault="00E87A7E" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09317620" w14:textId="77777777" w:rsidR="00E87A7E" w:rsidRDefault="00E87A7E" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47CC5E79" w14:textId="232A1FAC" w:rsidR="00E87A7E" w:rsidRPr="009B3C62" w:rsidRDefault="00E87A7E" w:rsidP="009B3C62">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>CÓMO</w:t>
+            </w:r>
+            <w:r w:rsidR="000807CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LO HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54436CD1" w14:textId="77777777" w:rsidR="00E87A7E" w:rsidRDefault="00E87A7E" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FBD8C46" w14:textId="77777777" w:rsidR="00063FC1" w:rsidRDefault="00063FC1" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B1D7F0D" w14:textId="77777777" w:rsidR="00063FC1" w:rsidRDefault="00063FC1" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55926745" w14:textId="77777777" w:rsidR="00E87A7E" w:rsidRDefault="00E87A7E" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="049F4A43" w14:textId="77777777" w:rsidR="00E87A7E" w:rsidRDefault="00E87A7E" w:rsidP="00E87A7E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AA275E4" w14:textId="16ACB90D" w:rsidR="00E87A7E" w:rsidRPr="00911C38" w:rsidRDefault="00911C38" w:rsidP="009B3C62">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>PARA QUÉ</w:t>
+            </w:r>
+            <w:r w:rsidR="000807CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LO HARÁN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51076120" w14:textId="77777777" w:rsidR="007F0BF7" w:rsidRDefault="007F0BF7" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="219689FB" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A368E41" w14:textId="77777777" w:rsidR="00063FC1" w:rsidRDefault="00063FC1" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B4BA298" w14:textId="77777777" w:rsidR="00063FC1" w:rsidRDefault="00063FC1" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30332895" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21741E22" w14:textId="6DF48047" w:rsidR="00AB787A" w:rsidRDefault="00911C38" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F0BF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OBJETIVO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>S ESPECÍFICOS</w:t>
+            </w:r>
+            <w:r w:rsidR="00875B07">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (debe responder a las preguntas QUÉ HARÁN y CÓMO LO HARÁN)</w:t>
+            </w:r>
+            <w:r w:rsidR="009079FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B378D9C" w14:textId="77777777" w:rsidR="009079FF" w:rsidRDefault="009079FF" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C881B2B" w14:textId="133E2C95" w:rsidR="009079FF" w:rsidRPr="009079FF" w:rsidRDefault="009079FF" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009079FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>OBJETIVO ESPECÍFICO 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C47380D" w14:textId="77777777" w:rsidR="009079FF" w:rsidRPr="00875B07" w:rsidRDefault="009079FF" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7921B521" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FB4DD8E" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D1D11F0" w14:textId="6A97F804" w:rsidR="000807CA" w:rsidRDefault="000807CA" w:rsidP="000807CA">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>QUÉ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D871F1A" w14:textId="77777777" w:rsidR="000807CA" w:rsidRDefault="000807CA" w:rsidP="000807CA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7190E4F9" w14:textId="77777777" w:rsidR="000807CA" w:rsidRDefault="000807CA" w:rsidP="000807CA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31870E9C" w14:textId="77777777" w:rsidR="000807CA" w:rsidRDefault="000807CA" w:rsidP="000807CA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62486321" w14:textId="77777777" w:rsidR="000807CA" w:rsidRDefault="000807CA" w:rsidP="000807CA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="510B7DF3" w14:textId="7F3AEC3D" w:rsidR="00B90377" w:rsidRPr="00B90377" w:rsidRDefault="00AC127C" w:rsidP="00B90377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>CÓMO</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90377">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LO HARÁN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="540166E2" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="051E992C" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="3B6EF725" w14:textId="77777777" w:rsidR="008D66E5" w:rsidRDefault="008D66E5" w:rsidP="008D66E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="080EE08F" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="008D66E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06C87E4F" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="008D66E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74C79F0A" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="008D66E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4616D82F" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="008D66E5">
+          <w:p w14:paraId="22A186F4" w14:textId="77777777" w:rsidR="006F104A" w:rsidRDefault="006F104A" w:rsidP="00B90377">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="4CAA3FDC" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="008D66E5">
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39F9D61A" w14:textId="77777777" w:rsidR="006F104A" w:rsidRDefault="006F104A" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CEDBF5F" w14:textId="77777777" w:rsidR="006F104A" w:rsidRDefault="006F104A" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="309F5CE4" w14:textId="40977199" w:rsidR="00B90377" w:rsidRPr="009079FF" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009079FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">OBJETIVO ESPECÍFICO </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>2:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CBB644D" w14:textId="77777777" w:rsidR="00B90377" w:rsidRPr="00875B07" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C03D721" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A610240" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26A0356E" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>QUÉ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B2E912E" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="748471D7" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1810471C" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4384B658" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55541826" w14:textId="23D290B5" w:rsidR="00B90377" w:rsidRPr="00B90377" w:rsidRDefault="00AC127C" w:rsidP="00B90377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>CÓMO</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90377">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LO HARÁN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EC285A6" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74534274" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EF439E3" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DE155D8" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2534F07C" w14:textId="62E28943" w:rsidR="00B90377" w:rsidRPr="009079FF" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009079FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">OBJETIVO ESPECÍFICO </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>3:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AFA9C2F" w14:textId="77777777" w:rsidR="00B90377" w:rsidRPr="00875B07" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B46C0CA" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="645F0030" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B97268D" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>QUÉ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HARÁN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60AEC563" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BD762D3" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00F6F5CC" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D404EFB" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="00B90377">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4722ABAE" w14:textId="7E41F466" w:rsidR="00B90377" w:rsidRPr="00B90377" w:rsidRDefault="00AC127C" w:rsidP="00B90377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>CÓMO</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90377">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LO HARÁN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF07AFE" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A0FB3B6" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15DC8D92" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49EEF27F" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33C3AF62" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35AB4AFC" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FA3C25C" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="146A1D84" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="488151AB" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="053D689C" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="158BD2C7" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DB098C8" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69C57DD2" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C1142C1" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4098342F" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="491D940C" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="479ECBA8" w14:textId="77777777" w:rsidR="00B90377" w:rsidRDefault="00B90377" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B3BB41F" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F9659BE" w14:textId="77777777" w:rsidR="00910C3B" w:rsidRDefault="00910C3B" w:rsidP="008D66E5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CAA3FDC" w14:textId="77777777" w:rsidR="00910C3B" w:rsidRDefault="00910C3B" w:rsidP="008D66E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B766957" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="18"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10065"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C81902" w14:paraId="2BEEA385" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="78B3FC9A" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>G.- MONTO DEL PROYECTO Y FUENTE DE FINANCIAMIENTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D03FDA7" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="17"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -3450,549 +5715,65 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>Costo Total del Proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16AE63F5" w14:textId="443AB07D" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="401037FB" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
-[...489 lines deleted...]
-    <w:p w14:paraId="4413FA3E" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+    <w:p w14:paraId="1E153E3E" w14:textId="0B11C712" w:rsidR="009B7697" w:rsidRDefault="009A58BD" w:rsidP="008F4083">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="16151B66" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096162C">
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
         <w:t>RESUMEN RECURSOS POR ITEM Y FUENTE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C8D5F2" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -4179,180 +5960,204 @@
             <w:tcW w:w="932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4E96EA36" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA40A2A" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
+          <w:p w14:paraId="6CEFDD5C" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Traslado y movilización</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0EA40A2A" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="462699FD" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA412D" w:rsidRPr="0096162C" w14:paraId="34FD4D79" w14:textId="77777777" w:rsidTr="009A58BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="42565253" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="04A10D07" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
+          <w:p w14:paraId="6BB83DF6" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Materiales de oficina y Enseñanza</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="04A10D07" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="317D74F9" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA412D" w:rsidRPr="0096162C" w14:paraId="143E4D6E" w14:textId="77777777" w:rsidTr="009A58BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7491ECB3" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3295C0" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
+          <w:p w14:paraId="7BB3E3C1" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Alimentación y Alojamiento</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3295C0" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38A7B101" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA412D" w:rsidRPr="0096162C" w14:paraId="6CA3C841" w14:textId="77777777" w:rsidTr="009A58BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="352D352D" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -4534,51 +6339,50 @@
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA412D" w:rsidRPr="0096162C" w14:paraId="541E3336" w14:textId="77777777" w:rsidTr="009A58BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1031852A" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="56CE58F3" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Gastos imprevistos</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4629,51 +6433,83 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="73D6DB69" w14:textId="466D14C5" w:rsidR="003014DF" w:rsidRPr="00ED6F1F" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED6F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t xml:space="preserve">Gastos en </w:t>
             </w:r>
             <w:r w:rsidR="003014DF">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
-              <w:t>difusión (titulo II articulo 9° ordenanza de subvenciones) (</w:t>
+              <w:t>difusión (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003014DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <w:t>titulo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003014DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> II </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003014DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <w:t>articulo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003014DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9° ordenanza de subvenciones) (</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14AC4E7F" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="314C21A6" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4843,399 +6679,700 @@
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t xml:space="preserve">: Los totales deben coincidir con el </w:t>
             </w:r>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>“RESUMEN RECURSOS POR ITEM Y FUENTE”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B737568" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="776BEBD2" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
+          <w:p w14:paraId="0242DDB7" w14:textId="0B138245" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="008F4083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>IMPORTANTE 2:</w:t>
             </w:r>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t xml:space="preserve"> Se deberá justificar brevemente todos los ítems de gastos, cuando estos no se expliquen por si solos en la información solicitada por ítem.</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7343D978" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-[...7 lines deleted...]
-    <w:p w14:paraId="0CFACCAE" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+    <w:p w14:paraId="7343D978" w14:textId="496A5D1F" w:rsidR="008F4083" w:rsidRDefault="008F4083" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10065"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA412D" w:rsidRPr="0096162C" w14:paraId="24CC732C" w14:textId="77777777" w:rsidTr="009A58BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8ADAE6" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
+          <w:p w14:paraId="0C8ADAE6" w14:textId="06794226" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="008F4083" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:br w:type="page"/>
+            </w:r>
           </w:p>
           <w:p w14:paraId="45FC590F" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>EL VALOR UNITARIO</w:t>
             </w:r>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t xml:space="preserve"> dependerá del ítem indicado, por ejemplo:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CF1746E" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="560C93F3" w14:textId="78C78ED4" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00000000" w:rsidP="009A58BD">
+          <w:p w14:paraId="560C93F3" w14:textId="42663440" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...8 lines deleted...]
-              </w:pict>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A1A6C23" wp14:editId="28543AF3">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>3759200</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>99694</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="381000" cy="0"/>
+                      <wp:effectExtent l="38100" t="76200" r="0" b="95250"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1476899988" name="Conector recto de flecha 9"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks/>
+                            </wps:cNvCnPr>
+                            <wps:spPr>
+                              <a:xfrm flipV="1">
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="381000" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4F81BD">
+                                    <a:shade val="95000"/>
+                                    <a:satMod val="105000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:headEnd type="arrow"/>
+                                <a:tailEnd type="arrow"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="15EEB8C2" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                      <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                      <o:lock v:ext="edit" shapetype="t"/>
+                    </v:shapetype>
+                    <v:shape id="Conector recto de flecha 9" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:296pt;margin-top:7.85pt;width:30pt;height:0;flip:y;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrqAKm5gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02PEzEMvSPxH6Lc6UwLRbujTleipVwW&#10;WGmBu5uPmYhMHCWh0/57nEzbXT5OiEvk2PHze7azujsOlh1UiAZdy+ezmjPlBErjupZ//bJ7dcNZ&#10;TOAkWHSq5ScV+d365YvV6Bu1wB6tVIERiIvN6Fvep+SbqoqiVwPEGXrlKKgxDJDoGrpKBhgJfbDV&#10;oq7fViMG6QMKFSN5t1OQrwu+1kqkz1pHlZhtOXFL5Qzl3OezWq+g6QL43ogzDfgHFgMYR0WvUFtI&#10;wH4E8wfUYETAiDrNBA4Vam2EKhpIzbz+Tc1jD14VLdSc6K9tiv8PVnw6bNxDyNTF0T36exTfIzWl&#10;Gn1srsF8iX56dtRhYNoa/43mXTSTCnYsLT1dW6qOiQlyvr6Z1zU1XlxCFTQZIRf0IaYPCgeWjZbH&#10;FMB0fdqgczQ3DBM6HO5jyoyeEnKyw52xtozPOja2/Ha5WFIdoCXSFhKZg5eE6jrOwHa0nSKFwjei&#10;NTJnZ5wYuv3GBnYA2pA3u5v5u+30qAepJu/tMksopSKkjygn97y++InaGabQ/AU/a9tC7KecEpqg&#10;egXyvZMsnTz9CwgBxymQwNi/BKiIdZmxKmt9bsrTZLK1R3l6CJfx0coUPuf1zjv5/E7280+4/gkA&#10;AP//AwBQSwMEFAAGAAgAAAAhAN/ujvzfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SFxQ6zQoBUKcCiHBARCIlgs3N16SKPY6it005evZigMcd2Y0+6ZYTc6KEYfQelKwmCcg&#10;kCpvWqoVfGweZtcgQtRktPWECg4YYFWenhQ6N35P7ziuYy24hEKuFTQx9rmUoWrQ6TD3PRJ7X35w&#10;OvI51NIMes/lzso0SZbS6Zb4Q6N7vG+w6tY7p6C67C7Mi/1OP9+Sx0O3eH2S47NW6vxsursFEXGK&#10;f2E44jM6lMy09TsyQVgF2U3KWyIb2RUIDiyzo7D9FWRZyP8Lyh8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAq6gCpuYBAADMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA3+6O/N8AAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" strokecolor="#4a7ebb">
+                      <v:stroke startarrow="open" endarrow="open"/>
+                      <o:lock v:ext="edit" shapetype="f"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00CA412D" w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Honorarios requeridos para desarrollar el proyecto:         Valor por hora.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B94B203" w14:textId="4D0D2E51" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00000000" w:rsidP="009A58BD">
+          <w:p w14:paraId="3B94B203" w14:textId="4411AFF3" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-              </w:pict>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FD8F119" wp14:editId="58C2CBCF">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2311400</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>86359</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1676400" cy="0"/>
+                      <wp:effectExtent l="38100" t="76200" r="0" b="95250"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="728344107" name="Conector recto de flecha 7"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks/>
+                            </wps:cNvCnPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1676400" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4F81BD">
+                                    <a:shade val="95000"/>
+                                    <a:satMod val="105000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:headEnd type="arrow"/>
+                                <a:tailEnd type="arrow"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="5ED3D9B2" id="Conector recto de flecha 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:182pt;margin-top:6.8pt;width:132pt;height:0;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtZcXu4wEAAMMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDJmuNOAWWLLt0&#10;W4GuH8BIsi1MlgRKi5O/HyUnWbf1NOwiUKT4+PhIre6Pg2EHhUE72/BqVnKmrHBS267hz9927245&#10;CxGsBOOsavhJBX6/fvtmNfpazV3vjFTICMSGevQN72P0dVEE0asBwsx5ZSnYOhwg0hW7QiKMhD6Y&#10;Yl6Wy2J0KD06oUIg73YK8nXGb1sl4te2DSoy03DiFvOJ+dyns1ivoO4QfK/FmQb8A4sBtKWiV6gt&#10;RGA/UP8FNWiBLrg2zoQbCte2WqjcA3VTlX9089SDV7kXEif4q0zh/8GKL4eNfcREXRztk39w4nsg&#10;UYrRh/oaTJfgp2fHFof0nLizYxbydBVSHSMT5KyW75c3JektLrEC6kuixxA/KTewZDQ8RATd9XHj&#10;rKVxOayykHB4CDERgfqSkKpat9PG5KkZy8aG3y3mC6oDtDutgUjm4CWh2o4zMB0tpYiYEYMzWqbs&#10;hBOw228MsgPQYtzsbqsP2+lRD1JN3rtFSS3kUgHiZycnd1Ve/ETtDJNp/oafOG8h9FNODk1QvQL5&#10;0UoWT56+AyC6cQpE0OaVABUxNjFWeZvPovwaSLL2Tp4e8TI12pTM57zVaRVf3sl++ffWPwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhADddjdfdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyoQwpRFeJUgMQVQVNQe9vEixMR21HspoGvZ1EPcNyZ0eybYj3bXkw0hs47BdeLBAS5xuvO&#10;GQXb6ulqBSJEdBp770jBFwVYl+dnBebaH90rTZtoBJe4kKOCNsYhlzI0LVkMCz+QY+/DjxYjn6OR&#10;esQjl9tepkmSSYud4w8tDvTYUvO5OVgF8Rtf6uY53dnqdqrM/iF925p3pS4v5vs7EJHm+BeGX3xG&#10;h5KZan9wOohewTK74S2RjWUGggNZumKhPgmyLOT/BeUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAO1lxe7jAQAAwwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADddjdfdAAAACQEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#4a7ebb">
+                      <v:stroke startarrow="open" endarrow="open"/>
+                      <o:lock v:ext="edit" shapetype="f"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00CA412D" w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Combustible, lubricantes, etc.:                                          Valor por litro.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="527DE3AC" w14:textId="7AB0F926" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00000000" w:rsidP="009A58BD">
+          <w:p w14:paraId="527DE3AC" w14:textId="0F0A4BD4" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-              </w:pict>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BEF8551" wp14:editId="5AA535B5">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>720725</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>101599</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="3028950" cy="0"/>
+                      <wp:effectExtent l="38100" t="76200" r="0" b="95250"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1828963963" name="Conector recto de flecha 5"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks/>
+                            </wps:cNvCnPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="3028950" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4F81BD">
+                                    <a:shade val="95000"/>
+                                    <a:satMod val="105000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:headEnd type="arrow"/>
+                                <a:tailEnd type="arrow"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="3C786F3A" id="Conector recto de flecha 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:56.75pt;margin-top:8pt;width:238.5pt;height:0;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHn+R34QEAAMMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K805kWirqjTleipbws&#10;sNLCB7hJ5iIySWSHTvv3OJm2LJcnxEvk2PHxsX2yvj8NVhwNUu9dLeezUgrjlNe9a2v59cv+1UoK&#10;iuA0WO9MLc+G5P3m5Yv1GCqz8J232qBgEEfVGGrZxRiqoiDVmQFo5oNxHGw8DhD5im2hEUZGH2yx&#10;KMu3xehRB/TKELF3NwXlJuM3jVHxc9OQicLWkrnFfGI+D+ksNmuoWoTQ9epCA/6BxQC946I3qB1E&#10;EN+x/wNq6BV68k2cKT8Uvml6ZXIP3M28/K2bpw6Cyb3wcCjcxkT/D1Z9Om7dIybq6uSewoNX34iH&#10;UoyBqlswXShMz04NDuk5cxenPMjzbZDmFIVi5+tysbpb8rzVNVZAdU0MSPGD8YNIRi0pIvRtF7fe&#10;OV6Xx3keJBwfKCYiUF0TUlXn9721eWvWibGWd8vFkusAa6exENkcgmZU10oBtmVRqogZkbztdcpO&#10;OITtYWtRHIGF8Wa/mr/bTY860GbycgPlRSAE8aPXk3teXv1M7QKTaf6CnzjvgLopJ4cmrXUG9Hun&#10;RTwH/g6A6McpEKG3fwlwEesSY5PVfBnKz4Uk6+D1+RGvW2OlZD4XVScpPr+z/fzvbX4AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCj/dgj2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/W&#10;InGjToNS0RCnAiSuCJqCym0TL05EbEexmwa+nkU9wG3nodmZYjPbXkw0hs47BctFAoJc43XnjIJd&#10;9Xh1AyJEdBp770jBFwXYlOdnBebaH90LTdtoBIe4kKOCNsYhlzI0LVkMCz+QY+3DjxYjw9FIPeKR&#10;w20v0yRZSYud4w8tDvTQUvO5PVgF8Ruf6+Yp3dsqmyrzfp++7sybUpcX890tiEhz/DPDb32uDiV3&#10;qv3B6SB6xsvrjK18rHgTG7J1wkR9ImRZyP8Lyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAx5/kd+EBAADDAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAo/3YI9sAAAAJAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" strokecolor="#4a7ebb">
+                      <v:stroke startarrow="open" endarrow="open"/>
+                      <o:lock v:ext="edit" shapetype="f"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00CA412D" w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Pasajes:                                                                             Valor por pasaje.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42941B5F" w14:textId="5669AE20" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00000000" w:rsidP="009A58BD">
+          <w:p w14:paraId="42941B5F" w14:textId="2D24EEC5" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-              </w:pict>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FA39BE0" wp14:editId="2BD5337C">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>758825</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>88264</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2990850" cy="0"/>
+                      <wp:effectExtent l="38100" t="76200" r="0" b="95250"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1089630452" name="Conector recto de flecha 3"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks/>
+                            </wps:cNvCnPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2990850" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4F81BD">
+                                    <a:shade val="95000"/>
+                                    <a:satMod val="105000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:headEnd type="arrow"/>
+                                <a:tailEnd type="arrow"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="449865C2" id="Conector recto de flecha 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:59.75pt;margin-top:6.95pt;width:235.5pt;height:0;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJFD5L4gEAAMMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K805lWFG1Hna5ES3lZ&#10;YKWFD3CTzEVk4igOnfbvcTJtd7k8IV4ix46Pj+2T9f1psOJoAvXoajmflVIYp1D3rq3lt6/7N3dS&#10;UASnwaIztTwbkveb16/Wo6/MAju02gTBII6q0deyi9FXRUGqMwPQDL1xHGwwDBD5GtpCBxgZfbDF&#10;oizfFSMG7QMqQ8Te3RSUm4zfNEbFL01DJgpbS+YW8xnyeUhnsVlD1QbwXa8uNOAfWAzQOy56g9pB&#10;BPEj9H9ADb0KSNjEmcKhwKbplck9cDfz8rdunjrwJvfCwyF/GxP9P1j1+bh1jyFRVyf35B9QfSce&#10;SjF6qm7BdCE/PTs1YUjPmbs45UGeb4M0pygUOxerVXm35Hmra6yA6proA8WPBgeRjFpSDNC3Xdyi&#10;c7wuDPM8SDg+UExEoLompKoO9721eWvWibGWq+ViyXWAtdNYiGwOXjOqa6UA27IoVQwZkdD2OmUn&#10;HArtYWuDOAIL4+3+bv5+Nz3qQJvJu1qW5UUgBPET6sk9L69+pnaByTR/wU+cd0DdlJNDk9Y6A/qD&#10;0yKePX8HCAHHKRCht38JcBHrEmOT1XwZyvNCknVAfX4M162xUjKfi6qTFF/e2X759zY/AQAA//8D&#10;AFBLAwQUAAYACAAAACEABJPZXdwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+&#10;h2ZMvLllMRhBykZNvBpdVqO3gdZCpFNCuyz66x2zB73Ne/Py5ptys7hBzGYKvScF61UCwlDrdU9W&#10;wa5+uLgGESKSxsGTUfBlAmyq05MSC+0P9GzmbbSCSygUqKCLcSykDG1nHIaVHw3x7sNPDiPLyUo9&#10;4YHL3SDTJLmSDnviCx2O5r4z7ed27xTEb3xq2sf0zdXZXNv3u/RlZ1+VOj9bbm9ARLPEvzD84jM6&#10;VMzU+D3pIAbW6zzjKA+XOQgOZHnCRnM0ZFXK/x9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAJFD5L4gEAAMMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAEk9ld3AAAAAkBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" strokecolor="#4a7ebb">
+                      <v:stroke startarrow="open" endarrow="open"/>
+                      <o:lock v:ext="edit" shapetype="f"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00CA412D" w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Bienes:                                                                               Valor por unidad del bien</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46EAD5D7" w14:textId="3CD9AD8A" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00000000" w:rsidP="009A58BD">
+          <w:p w14:paraId="46EAD5D7" w14:textId="756E07CF" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-              </w:pict>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E5B0C15" wp14:editId="56E6F5BC">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>758825</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>74929</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2990850" cy="0"/>
+                      <wp:effectExtent l="38100" t="76200" r="0" b="95250"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1968208995" name="Conector recto de flecha 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks/>
+                            </wps:cNvCnPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2990850" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4F81BD">
+                                    <a:shade val="95000"/>
+                                    <a:satMod val="105000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:headEnd type="arrow"/>
+                                <a:tailEnd type="arrow"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="62F0EDA5" id="Conector recto de flecha 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:59.75pt;margin-top:5.9pt;width:235.5pt;height:0;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJFD5L4gEAAMMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K805lWFG1Hna5ES3lZ&#10;YKWFD3CTzEVk4igOnfbvcTJtd7k8IV4ix46Pj+2T9f1psOJoAvXoajmflVIYp1D3rq3lt6/7N3dS&#10;UASnwaIztTwbkveb16/Wo6/MAju02gTBII6q0deyi9FXRUGqMwPQDL1xHGwwDBD5GtpCBxgZfbDF&#10;oizfFSMG7QMqQ8Te3RSUm4zfNEbFL01DJgpbS+YW8xnyeUhnsVlD1QbwXa8uNOAfWAzQOy56g9pB&#10;BPEj9H9ADb0KSNjEmcKhwKbplck9cDfz8rdunjrwJvfCwyF/GxP9P1j1+bh1jyFRVyf35B9QfSce&#10;SjF6qm7BdCE/PTs1YUjPmbs45UGeb4M0pygUOxerVXm35Hmra6yA6proA8WPBgeRjFpSDNC3Xdyi&#10;c7wuDPM8SDg+UExEoLompKoO9721eWvWibGWq+ViyXWAtdNYiGwOXjOqa6UA27IoVQwZkdD2OmUn&#10;HArtYWuDOAIL4+3+bv5+Nz3qQJvJu1qW5UUgBPET6sk9L69+pnaByTR/wU+cd0DdlJNDk9Y6A/qD&#10;0yKePX8HCAHHKRCht38JcBHrEmOT1XwZyvNCknVAfX4M162xUjKfi6qTFF/e2X759zY/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAOpkUD9oAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxo04jBdE0TgVIXBE0BdHbJl6ciNiOYjcNfD1bcSi3nYdmZ4rNbHsx0Rg67xQsFwkIco3XnTMK&#10;dtXTzR2IENFp7L0jBd8UYFNeXhSYa390rzRtoxEc4kKOCtoYh1zK0LRkMSz8QI61Tz9ajAxHI/WI&#10;Rw63vUyT5FZa7Bx/aHGgx5aar+3BKog/+FI3z+mHrbKpMvuH9G1n3pW6vprv1yAizfFshlN9rg4l&#10;d6r9wekgesbLVcbW08ET2JCtEibqP0KWhfy/oPwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEACRQ+S+IBAADDAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAOpkUD9oAAAAJAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" strokecolor="#4a7ebb">
+                      <v:stroke startarrow="open" endarrow="open"/>
+                      <o:lock v:ext="edit" shapetype="f"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00CA412D" w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Servicios:                                                                            Valor por hora, o valor por actividad.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A1A7A23" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74929DCA" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22E6D8AE" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-      <w:pPr>
+    <w:p w14:paraId="37BC47B1" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="007C4240" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="007C4240">
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>RESUMEN MONTO SOLICITADO POR S</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>UBVENCIÓN</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="37BC47B1" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="007C4240" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="4D172E23" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="007C4240" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D51D095" w14:textId="1FE2DCC0" w:rsidR="00CA412D" w:rsidRPr="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C4240">
+      <w:r w:rsidRPr="00CA412D">
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
-        <w:t>RESUMEN MONTO SOLICITADO POR S</w:t>
+        <w:t xml:space="preserve">Detalle </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA412D">
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
-        <w:t>UBVENCIÓN</w:t>
+        <w:t>Item</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      <w:pPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA412D">
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Detaille Item I</w:t>
+        <w:t xml:space="preserve"> I</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16BB8BC5" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1853"/>
         <w:gridCol w:w="2324"/>
         <w:gridCol w:w="1726"/>
         <w:gridCol w:w="2036"/>
         <w:gridCol w:w="2268"/>
@@ -7243,83 +9380,76 @@
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14CB3955" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="536337A3" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-[...15 lines deleted...]
-    <w:p w14:paraId="4242FDA5" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+    <w:p w14:paraId="4242FDA5" w14:textId="4BE40EAC" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00AB787A" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0096162C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
-        <w:t>Detalle Ítem IV</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA412D" w:rsidRPr="0096162C">
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+        <w:t>etalle Ítem IV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F097FDB" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2268"/>
@@ -7937,81 +10067,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="161B2934" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15DE7511" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69B50E91" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4B8A5E64" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-      <w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="2EBBB245" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72688BC6" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B0878A6" w14:textId="71B2C626" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
@@ -8636,82 +10736,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EBEF76C" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15D3B3EF" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-[...30 lines deleted...]
-    <w:p w14:paraId="1512C7AD" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+    <w:p w14:paraId="1512C7AD" w14:textId="0E6325C3" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="008F4083">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C82F059" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096162C">
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
         <w:t>Detalle Ítem VI</w:t>
       </w:r>
@@ -10262,74 +12331,123 @@
     </w:p>
     <w:p w14:paraId="0743D178" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FC7A955" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39B7F952" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61E497A7" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+    <w:p w14:paraId="61E497A7" w14:textId="0953B677" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B8BA85A" w14:textId="67C67C94" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44A62B95" w14:textId="35E2C999" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585CBD96" w14:textId="78E1F682" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FBAE353" w14:textId="0FAF91A4" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D72F3AE" w14:textId="1DFB2F68" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
+          <w:lang w:eastAsia="es-CL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E367CD7" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="199ACBD8" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="00ED6F1F" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6F1F">
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Detalle Ítem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
         <w:t>IX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628ADFB4" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
@@ -10339,58 +12457,60 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2439"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1389"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA412D" w:rsidRPr="0096162C" w14:paraId="08C2AFD5" w14:textId="77777777" w:rsidTr="009A58BD">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2439" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2BD2C158" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>Difusión  Proyecto</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4F501845" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>En qué actividad</w:t>
             </w:r>
           </w:p>
@@ -10933,127 +13053,51 @@
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BEB539B" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DF35E37" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C723607" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
-[...75 lines deleted...]
-    <w:p w14:paraId="3C52E546" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
+    <w:p w14:paraId="3C723607" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5388DD69" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AE1A1B0" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="009F430E" w:rsidRDefault="00CA412D" w:rsidP="00CA412D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-CL"/>
         </w:rPr>
@@ -11953,93 +13997,181 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6370"/>
         <w:gridCol w:w="3837"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA412D" w:rsidRPr="0096162C" w14:paraId="6022B97A" w14:textId="77777777" w:rsidTr="009A58BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DDDF186" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="00F722D2" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F722D2">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
-              <w:t xml:space="preserve">TOTAL  APORTE PROPIOS Y TERCEROS  </w:t>
+              <w:t>TOTAL  APORTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F722D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:eastAsia="es-CL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROPIOS Y TERCEROS  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1687505D" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRPr="0096162C" w:rsidRDefault="00CA412D" w:rsidP="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096162C">
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="es-CL"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F92D1EA" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DC0970E" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
+    <w:p w14:paraId="1DC0970E" w14:textId="4B6023F0" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424F943D" w14:textId="01F6D124" w:rsidR="009B7697" w:rsidRDefault="009B7697">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C1F18C" w14:textId="4F5C6CCA" w:rsidR="009B7697" w:rsidRDefault="009B7697">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C66590" w14:textId="01331989" w:rsidR="009B7697" w:rsidRDefault="009B7697">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2067568B" w14:textId="376FC7B2" w:rsidR="009B7697" w:rsidRDefault="009B7697">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564CDBA8" w14:textId="5D93920C" w:rsidR="009B7697" w:rsidRDefault="009B7697">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB329CA" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B60214F" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CA9E286" w14:textId="77777777" w:rsidR="00AB787A" w:rsidRDefault="00AB787A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0156C449" w14:textId="78B4C389" w:rsidR="009B7697" w:rsidRDefault="009B7697">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49BE669E" w14:textId="2873868E" w:rsidR="009B7697" w:rsidRDefault="009B7697">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72FDB02D" w14:textId="77777777" w:rsidR="009B7697" w:rsidRDefault="009B7697">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5656B2AA" w14:textId="77777777" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -12267,63 +14399,70 @@
               </w:rPr>
               <w:t>5.-Copia de libreta de ahorro, cuenta corriente o vista a nombre de la organización.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="601D899D" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="6ACA0D45" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFD5CE5" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+          <w:p w14:paraId="5BFD5CE5" w14:textId="01022C44" w:rsidR="00C81902" w:rsidRDefault="009A58BD" w:rsidP="00785EAE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
-              <w:t>6.-Copia del libro de Acta de asamblea de socios, en la que se apruebe la presentación de la iniciativa, señalando el nombre del proyecto y el monto total.</w:t>
+              <w:t>6.-Copia del libro de Acta de asamblea de socios, en la que se apruebe la</w:t>
+            </w:r>
+            <w:r w:rsidR="00785EAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> presentación de la iniciativa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21E1B42E" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81902" w14:paraId="44B1D683" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="646BF19F" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
@@ -12396,50 +14535,86 @@
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="241735A0" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
               <w:t>9.-Presupuesto detallado por ítem de gasto con las cotizaciones respectivas, en su caso.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="297108D4" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001952AA" w14:paraId="7DC3E00B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7218D37D" w14:textId="1D4EFEED" w:rsidR="001952AA" w:rsidRDefault="001952AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">10.- Cotización de difusión </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D764863" w14:textId="77777777" w:rsidR="001952AA" w:rsidRDefault="001952AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AD25B86" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430DDBA7" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                         </w:t>
       </w:r>
@@ -13141,106 +15316,106 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3805"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28AEBC43" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52790D69" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09046265" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
+    <w:p w14:paraId="2888E994" w14:textId="08227B25" w:rsidR="00CA412D" w:rsidRPr="001952AA" w:rsidRDefault="009A58BD" w:rsidP="001952AA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083F69BA" w14:textId="63450BE7" w:rsidR="00C81902" w:rsidRDefault="00CA412D">
+    <w:p w14:paraId="7BCC3184" w14:textId="4058A6B2" w:rsidR="001952AA" w:rsidRDefault="001952AA">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>NOMBRE COMPLETO REPRESENTATE LEGAL</w:t>
+        <w:t>FIRMA DEL REPRESENTANTE LEGAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2888E994" w14:textId="199B0799" w:rsidR="00CA412D" w:rsidRDefault="00CA412D">
+    <w:p w14:paraId="23FFC226" w14:textId="14750B6E" w:rsidR="001952AA" w:rsidRDefault="001952AA">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="gobCL" w:eastAsia="gobCL" w:hAnsi="gobCL" w:cs="gobCL"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>RUT REPRESENTANTE LEGAL</w:t>
+        <w:t xml:space="preserve">TIMBRE DE LA ORGANIZACIÓN </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C7BE6B" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20E0CB0A" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ADA1300" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="009A58BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -13275,172 +15450,182 @@
     </w:p>
     <w:p w14:paraId="36893F08" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A43F870" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C9EB50F" w14:textId="77777777" w:rsidR="00C81902" w:rsidRDefault="00C81902">
       <w:pPr>
         <w:ind w:right="113"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C81902">
-[...2 lines deleted...]
-      <w:pgSz w:w="12240" w:h="20160"/>
+    <w:sectPr w:rsidR="00C81902" w:rsidSect="005918E1">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:pgSz w:w="12240" w:h="18720" w:code="14"/>
       <w:pgMar w:top="3392" w:right="567" w:bottom="1423" w:left="1105" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="247E75F0" w14:textId="77777777" w:rsidR="0041457F" w:rsidRDefault="0041457F">
+    <w:p w14:paraId="7791A88E" w14:textId="77777777" w:rsidR="00CE4B29" w:rsidRDefault="00CE4B29">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0835D6D5" w14:textId="77777777" w:rsidR="0041457F" w:rsidRDefault="0041457F">
+    <w:p w14:paraId="4E575819" w14:textId="77777777" w:rsidR="00CE4B29" w:rsidRDefault="00CE4B29">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Argentum Sans Light">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="A000006F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="gobCL">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Argentum Sans">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="A000006F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0F2C3F6B" w14:textId="094DEC77" w:rsidR="00C81902" w:rsidRDefault="00CA412D">
+  <w:p w14:paraId="0F2C3F6B" w14:textId="094DEC77" w:rsidR="001952AA" w:rsidRDefault="001952AA">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
         <w:tab w:val="left" w:pos="3766"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="es-CL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="7B042522" wp14:editId="0D753BB8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-151130</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8212666" cy="774700"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapNone/>
           <wp:docPr id="21" name="image7.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image7.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
@@ -13462,479 +15647,1239 @@
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59574717" w14:textId="77777777" w:rsidR="0041457F" w:rsidRDefault="0041457F">
+    <w:p w14:paraId="2867CED2" w14:textId="77777777" w:rsidR="00CE4B29" w:rsidRDefault="00CE4B29">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D1F1DF5" w14:textId="77777777" w:rsidR="0041457F" w:rsidRDefault="0041457F">
+    <w:p w14:paraId="1AF4626D" w14:textId="77777777" w:rsidR="00CE4B29" w:rsidRDefault="00CE4B29">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68554F80" w14:textId="1AE4B292" w:rsidR="00C81902" w:rsidRDefault="00000000">
+  <w:p w14:paraId="68554F80" w14:textId="6D3F228D" w:rsidR="001952AA" w:rsidRDefault="00AB787A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="es-CL"/>
       </w:rPr>
-      <w:pict w14:anchorId="303E3129">
-[...63 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="303E3129" wp14:editId="552AFD2A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>4178300</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>495300</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1838325" cy="1838325"/>
+              <wp:effectExtent l="3175" t="2540" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1726654763" name="Rectángulo 15"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1838325" cy="1838325"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5F3EB0B2" w14:textId="77777777" w:rsidR="001952AA" w:rsidRPr="001038CC" w:rsidRDefault="001952AA">
+                          <w:pPr>
+                            <w:spacing w:line="360" w:lineRule="auto"/>
+                            <w:textDirection w:val="btLr"/>
+                            <w:rPr>
+                              <w:lang w:val="pt-BR"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="001038CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                              <w:color w:val="767171"/>
+                              <w:sz w:val="14"/>
+                              <w:lang w:val="pt-BR"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">55 2 421347        </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="030D86C4" w14:textId="77777777" w:rsidR="001952AA" w:rsidRPr="001038CC" w:rsidRDefault="001952AA">
+                          <w:pPr>
+                            <w:spacing w:line="360" w:lineRule="auto"/>
+                            <w:textDirection w:val="btLr"/>
+                            <w:rPr>
+                              <w:lang w:val="pt-BR"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="001038CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                              <w:color w:val="767171"/>
+                              <w:sz w:val="14"/>
+                              <w:lang w:val="pt-BR"/>
+                            </w:rPr>
+                            <w:t>oficinapartes@imtocopilla.cl</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="38F7C879" w14:textId="77777777" w:rsidR="001952AA" w:rsidRPr="001038CC" w:rsidRDefault="001952AA">
+                          <w:pPr>
+                            <w:spacing w:line="360" w:lineRule="auto"/>
+                            <w:textDirection w:val="btLr"/>
+                            <w:rPr>
+                              <w:lang w:val="pt-BR"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="001038CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                              <w:color w:val="767171"/>
+                              <w:sz w:val="14"/>
+                              <w:lang w:val="pt-BR"/>
+                            </w:rPr>
+                            <w:t>Aníbal Pinto 1305</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="14D29770" w14:textId="77777777" w:rsidR="001952AA" w:rsidRDefault="001952AA">
+                          <w:pPr>
+                            <w:spacing w:line="360" w:lineRule="auto"/>
+                            <w:textDirection w:val="btLr"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Argentum Sans" w:eastAsia="Argentum Sans" w:hAnsi="Argentum Sans" w:cs="Argentum Sans"/>
+                              <w:b/>
+                              <w:color w:val="003DA6"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>www.imtocopilla.cl</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91425" tIns="45698" rIns="91425" bIns="45698" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:rect w14:anchorId="303E3129" id="Rectángulo 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:329pt;margin-top:39pt;width:144.75pt;height:144.75pt;z-index:-251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwhif31QEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOL0iNOEXRosOA&#10;7gJ0+wBFlmxjtqiRSuzs60fJSZq1b8NeBF6kw8NDanU79p3YGaQWXCnz2VwK4zRUratL+eP744el&#10;FBSUq1QHzpRyb0jert+/Ww2+MAtooKsMCgZxVAy+lE0Ivsgy0o3pFc3AG8dJC9irwC7WWYVqYPS+&#10;yxbz+XU2AFYeQRsijj5MSblO+NYaHb5aSyaIrpTMLaQT07mJZ7ZeqaJG5ZtWH2iof2DRq9Zx0RPU&#10;gwpKbLF9A9W3GoHAhpmGPgNrW21SD9xNPn/VzXOjvEm9sDjkTzLR/4PVX3bP/htG6uSfQP8k4eC+&#10;Ua42d4gwNEZVXC6PQmWDp+L0IDrET8Vm+AwVj1ZtAyQNRot9BOTuxJik3p+kNmMQmoP58mJ5sbiS&#10;QnPu6MQaqjg+90jho4FeRKOUyLNM8Gr3RGG6erwSqzl4bLsuzbNzfwUYM0YS/cg4LgcVYdyMfDua&#10;G6j23AjCtB68zmw0gL+lGHg1Skm/tgqNFN0nx2Lc5JeReUjO5dX1De84nmc25xnlNEOVMkgxmfdh&#10;2r+tx7ZuuFKe2nJwxwLaNrX2wurAm8efxDmsatyvcz/devlQ6z8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgdGiW4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4UQdKkxKyqRAP&#10;caiQQmnvbmySiHgdxW4e/57tCU67qxnNfpNtJtuKwfS+cYRwu4hAGCqdbqhC2H+93axB+KBIq9aR&#10;QZiNh01+eZGpVLuRPs2wC5XgEPKpQqhD6FIpfVkbq/zCdYZY+3a9VYHPvpK6VyOH21beRVEsrWqI&#10;P9SqM8+1KX92J4tQHF4/9Bwl/n18WQ5zQUmhui3i9dX09AgimCn8meGMz+iQM9PRnUh70SLEqzV3&#10;CQjJebLh4T5ZgTgiLGNeZJ7J/xXyXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwhif3&#10;1QEAAJgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBg&#10;dGiW4AAAAAoBAAAPAAAAAAAAAAAAAAAAAC8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
+                <w:txbxContent>
+                  <w:p w14:paraId="5F3EB0B2" w14:textId="77777777" w:rsidR="001952AA" w:rsidRPr="001038CC" w:rsidRDefault="001952AA">
+                    <w:pPr>
+                      <w:spacing w:line="360" w:lineRule="auto"/>
+                      <w:textDirection w:val="btLr"/>
+                      <w:rPr>
+                        <w:lang w:val="pt-BR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="001038CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                        <w:color w:val="767171"/>
+                        <w:sz w:val="14"/>
+                        <w:lang w:val="pt-BR"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">55 2 421347        </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="030D86C4" w14:textId="77777777" w:rsidR="001952AA" w:rsidRPr="001038CC" w:rsidRDefault="001952AA">
+                    <w:pPr>
+                      <w:spacing w:line="360" w:lineRule="auto"/>
+                      <w:textDirection w:val="btLr"/>
+                      <w:rPr>
+                        <w:lang w:val="pt-BR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="001038CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                        <w:color w:val="767171"/>
+                        <w:sz w:val="14"/>
+                        <w:lang w:val="pt-BR"/>
+                      </w:rPr>
+                      <w:t>oficinapartes@imtocopilla.cl</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="38F7C879" w14:textId="77777777" w:rsidR="001952AA" w:rsidRPr="001038CC" w:rsidRDefault="001952AA">
+                    <w:pPr>
+                      <w:spacing w:line="360" w:lineRule="auto"/>
+                      <w:textDirection w:val="btLr"/>
+                      <w:rPr>
+                        <w:lang w:val="pt-BR"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="001038CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Argentum Sans Light" w:eastAsia="Argentum Sans Light" w:hAnsi="Argentum Sans Light" w:cs="Argentum Sans Light"/>
+                        <w:color w:val="767171"/>
+                        <w:sz w:val="14"/>
+                        <w:lang w:val="pt-BR"/>
+                      </w:rPr>
+                      <w:t>Aníbal Pinto 1305</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="14D29770" w14:textId="77777777" w:rsidR="001952AA" w:rsidRDefault="001952AA">
+                    <w:pPr>
+                      <w:spacing w:line="360" w:lineRule="auto"/>
+                      <w:textDirection w:val="btLr"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Argentum Sans" w:eastAsia="Argentum Sans" w:hAnsi="Argentum Sans" w:cs="Argentum Sans"/>
+                        <w:b/>
+                        <w:color w:val="003DA6"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>www.imtocopilla.cl</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="009A58BD">
+    <w:r w:rsidR="001952AA">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="es-CL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="471D10B7" wp14:editId="41172215">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4083217</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>539115</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="126365" cy="122555"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="17" name="image3.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image3.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="126365" cy="122555"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="009A58BD">
+    <w:r w:rsidR="001952AA">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="es-CL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="2F836528" wp14:editId="5ECC8E17">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4081145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>707390</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="126365" cy="122555"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="20" name="image2.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="126365" cy="122555"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="009A58BD">
+    <w:r w:rsidR="001952AA">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="es-CL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="6873EB09" wp14:editId="420C9A93">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4081145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>879475</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="126365" cy="122555"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="16" name="image1.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId3"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="126365" cy="122555"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="009A58BD">
+    <w:r w:rsidR="001952AA">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="es-CL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="7892DF3A" wp14:editId="358AAE81">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4081145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>1047170</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="127000" cy="122555"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="19" name="image4.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image4.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId4"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="127000" cy="122555"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="009A58BD">
+    <w:r w:rsidR="001952AA">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="es-CL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="24555D36" wp14:editId="79E5ABFE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1156970</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>316567</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2421172" cy="1020888"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="18" name="image5.png" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image5.png" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId5"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2421172" cy="1020888"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="074D5691"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16BEBA82"/>
+    <w:lvl w:ilvl="0" w:tplc="340A0011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D093DE0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B269CD6"/>
+    <w:lvl w:ilvl="0" w:tplc="340A0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D384C87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27F08956"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CBA3C56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27F08956"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52F9717D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E309BB2"/>
+    <w:lvl w:ilvl="0" w:tplc="2FB0FD6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697F7527"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27F08956"/>
+    <w:lvl w:ilvl="0" w:tplc="29029770">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="340A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="340A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="340A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="923488908">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1828588891">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1805999465">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1345789013">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="587731352">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1910843415">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C81902"/>
+    <w:rsid w:val="00063FC1"/>
+    <w:rsid w:val="000807CA"/>
+    <w:rsid w:val="001038CC"/>
+    <w:rsid w:val="0014234D"/>
+    <w:rsid w:val="0019345F"/>
+    <w:rsid w:val="001952AA"/>
+    <w:rsid w:val="00247F82"/>
     <w:rsid w:val="00282B3C"/>
     <w:rsid w:val="002F2B34"/>
     <w:rsid w:val="003014DF"/>
+    <w:rsid w:val="00333840"/>
     <w:rsid w:val="00336E70"/>
+    <w:rsid w:val="00346368"/>
+    <w:rsid w:val="00396F77"/>
+    <w:rsid w:val="00407404"/>
+    <w:rsid w:val="00412DF8"/>
     <w:rsid w:val="0041457F"/>
     <w:rsid w:val="0055560A"/>
+    <w:rsid w:val="005918E1"/>
     <w:rsid w:val="005C1DB5"/>
     <w:rsid w:val="006413E8"/>
     <w:rsid w:val="00647560"/>
+    <w:rsid w:val="0066594A"/>
+    <w:rsid w:val="006D3A59"/>
+    <w:rsid w:val="006F104A"/>
     <w:rsid w:val="00704BBB"/>
+    <w:rsid w:val="00774899"/>
+    <w:rsid w:val="00785EAE"/>
+    <w:rsid w:val="007F0BF7"/>
+    <w:rsid w:val="00860F10"/>
+    <w:rsid w:val="00865ED7"/>
+    <w:rsid w:val="00875B07"/>
     <w:rsid w:val="008D66E5"/>
+    <w:rsid w:val="008F4083"/>
+    <w:rsid w:val="009079FF"/>
+    <w:rsid w:val="00910C3B"/>
+    <w:rsid w:val="00911C38"/>
+    <w:rsid w:val="0092194B"/>
     <w:rsid w:val="009909F0"/>
     <w:rsid w:val="009A58BD"/>
+    <w:rsid w:val="009B3C62"/>
+    <w:rsid w:val="009B7697"/>
+    <w:rsid w:val="00A37D9B"/>
     <w:rsid w:val="00A94DC7"/>
+    <w:rsid w:val="00AB787A"/>
+    <w:rsid w:val="00AC127C"/>
+    <w:rsid w:val="00AC716E"/>
+    <w:rsid w:val="00B17D23"/>
+    <w:rsid w:val="00B62085"/>
+    <w:rsid w:val="00B90377"/>
+    <w:rsid w:val="00BF2CB5"/>
+    <w:rsid w:val="00C06FA8"/>
     <w:rsid w:val="00C81902"/>
+    <w:rsid w:val="00C9526D"/>
     <w:rsid w:val="00C97725"/>
     <w:rsid w:val="00CA412D"/>
+    <w:rsid w:val="00CD2777"/>
+    <w:rsid w:val="00CD7116"/>
+    <w:rsid w:val="00CE4B29"/>
     <w:rsid w:val="00D8051C"/>
     <w:rsid w:val="00DF1FCC"/>
     <w:rsid w:val="00E202DD"/>
+    <w:rsid w:val="00E87A7E"/>
     <w:rsid w:val="00EE7C0C"/>
     <w:rsid w:val="00F722D2"/>
+    <w:rsid w:val="00FD3713"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-CL"/>
+  <w:themeFontLang w:val="es-CL" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
-      <o:rules v:ext="edit">
-[...5 lines deleted...]
-      </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E8F5A7C"/>
   <w15:docId w15:val="{CF5680F2-81C8-4192-B580-B506A1D64B32}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-CL" w:eastAsia="es-CL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14291,51 +17236,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00060083"/>
+    <w:rsid w:val="00B90377"/>
     <w:rPr>
       <w:lang w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008A5C59"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
     </w:rPr>
@@ -14445,50 +17390,52 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
@@ -14979,59 +17926,82 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="2">
     <w:name w:val="2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="1">
     <w:name w:val="1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00412DF8"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:line="241" w:lineRule="exact"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -15263,89 +18233,106 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miPXiyqOydrCToNJzev+vOOoYQIQA==">CgMxLjAyCGguZ2pkZ3hzMgloLjMwajB6bGw4AHIhMUpQWnFyNVBrcVRKTnc2TEloQlAwNVlyLUUyZUhGUzZC</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3B1CDA4-AADE-4FDC-A306-EF977446C7F8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>6369</Characters>
+  <Pages>12</Pages>
+  <Words>1301</Words>
+  <Characters>7159</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7512</CharactersWithSpaces>
+  <CharactersWithSpaces>8444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Diisy ♥</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>